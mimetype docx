--- v0 (2025-10-10)
+++ v1 (2026-01-20)
@@ -26,131 +26,132 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4830E1C0" w14:textId="69D1C8B2" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD"/>
     <w:p w14:paraId="16516369" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD"/>
     <w:p w14:paraId="4B5F72C2" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD" w:rsidP="00142FEE">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27C25E7C" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD" w:rsidP="00142FEE">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66AF8500" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD"/>
     <w:p w14:paraId="768E358D" w14:textId="6361A800" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD" w:rsidP="00C13636">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13C8E664" w14:textId="77777777" w:rsidR="00142FEE" w:rsidRDefault="00000000" w:rsidP="00A44CC0">
+    <w:p w14:paraId="13C8E664" w14:textId="2FC1726C" w:rsidR="00142FEE" w:rsidRDefault="00537BEC" w:rsidP="00A44CC0">
       <w:pPr>
         <w:ind w:left="6480" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="1F5711F4">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:2in;height:118.5pt">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:2in;height:120.75pt">
             <v:imagedata r:id="rId10" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="799D8B15" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD"/>
     <w:p w14:paraId="78D98337" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD"/>
-    <w:p w14:paraId="482512F5" w14:textId="3FBE9FEB" w:rsidR="006B6BFD" w:rsidRDefault="00000000">
+    <w:p w14:paraId="482512F5" w14:textId="3FBE9FEB" w:rsidR="006B6BFD" w:rsidRDefault="00537BEC">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:pict w14:anchorId="7F41C7C4">
           <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:312pt;margin-top:3.45pt;width:232.15pt;height:59.55pt;z-index:1" stroked="f">
+          <v:shape id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:312pt;margin-top:3.45pt;width:232.15pt;height:59.55pt;z-index:251657216" stroked="f">
             <v:textbox style="mso-next-textbox:#_x0000_s1030">
               <w:txbxContent>
                 <w:p w14:paraId="5586BD56" w14:textId="56A6AE53" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD" w:rsidP="00221DA3">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00057877">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Telephone: 01522 703 912</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="2D1A5F7D" w14:textId="01FE6E1F" w:rsidR="006B6BFD" w:rsidRPr="00057877" w:rsidRDefault="00BA376B" w:rsidP="003857AF">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">    </w:t>
                   </w:r>
+                  <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidR="00221DA3">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>E</w:t>
                   </w:r>
                   <w:r w:rsidR="006B6BFD" w:rsidRPr="00057877">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>mail:</w:t>
                   </w:r>
                   <w:r w:rsidR="00590876">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>burials</w:t>
                   </w:r>
                   <w:r w:rsidR="006B6BFD" w:rsidRPr="00057877">
@@ -169,50 +170,51 @@
                   </w:r>
                   <w:r w:rsidR="006B6BFD" w:rsidRPr="00057877">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                   <w:r w:rsidR="00EF68B2">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>gov</w:t>
                   </w:r>
                   <w:r w:rsidR="006B6BFD" w:rsidRPr="00057877">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>.uk</w:t>
                   </w:r>
+                  <w:proofErr w:type="gramEnd"/>
                 </w:p>
                 <w:p w14:paraId="67CE10AE" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRPr="00057877" w:rsidRDefault="006B6BFD" w:rsidP="00DD6546">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00057877">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Website: www.saxilbyparishcouncil.gov.uk</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="6762CDFB" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRPr="00057877" w:rsidRDefault="006B6BFD" w:rsidP="00DD6546">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -234,92 +236,92 @@
                         <w:color w:val="808080"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>St. Andrews</w:t>
                     </w:r>
                   </w:smartTag>
                   <w:r w:rsidRPr="00960A85">
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Community Centre</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="0FCA1060" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRPr="00960A85" w:rsidRDefault="006B6BFD" w:rsidP="00DD6546">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
-                    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
+                  <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
+                    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
                       <w:r w:rsidRPr="00960A85">
                         <w:rPr>
                           <w:color w:val="808080"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>William Street</w:t>
                       </w:r>
                     </w:smartTag>
                   </w:smartTag>
                 </w:p>
                 <w:p w14:paraId="55E2E2AE" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRPr="00960A85" w:rsidRDefault="006B6BFD" w:rsidP="00DD6546">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00960A85">
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Saxilby</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="7C1F02B3" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRPr="00960A85" w:rsidRDefault="006B6BFD" w:rsidP="00DD6546">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-                    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+                  <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+                    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
                       <w:r w:rsidRPr="00960A85">
                         <w:rPr>
                           <w:color w:val="808080"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Lincoln</w:t>
                       </w:r>
                     </w:smartTag>
                   </w:smartTag>
                 </w:p>
                 <w:p w14:paraId="4CB796E5" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRPr="00960A85" w:rsidRDefault="006B6BFD" w:rsidP="00DD6546">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00960A85">
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -382,91 +384,109 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Memorial</w:t>
       </w:r>
       <w:r w:rsidR="00AB5A76">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Application</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCDFA03" w14:textId="77777777" w:rsidR="003924F6" w:rsidRDefault="003924F6" w:rsidP="003924F6">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48290EA9" w14:textId="774586FC" w:rsidR="007D0080" w:rsidRDefault="007D0080" w:rsidP="003924F6">
+    <w:p w14:paraId="48290EA9" w14:textId="44126460" w:rsidR="007D0080" w:rsidRDefault="007D0080" w:rsidP="003924F6">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Plot numbe</w:t>
       </w:r>
       <w:r w:rsidR="004A467A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">r:   </w:t>
       </w:r>
-      <w:r w:rsidR="00B054E9">
-[...5 lines deleted...]
-        <w:t>RW6</w:t>
+      <w:r w:rsidR="00A5150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A5150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00D05AD4">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (To be displayed on rear of memorial)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D05AD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To be displayed on rear of memorial)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AD40F6" w14:textId="6EF3FD2C" w:rsidR="003924F6" w:rsidRDefault="003924F6" w:rsidP="003924F6">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003924F6">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of Plot </w:t>
       </w:r>
       <w:r w:rsidR="007D0080">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -599,61 +619,72 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34892EDE" w14:textId="4BBF2082" w:rsidR="00DC1CAC" w:rsidRDefault="001B384A" w:rsidP="003924F6">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B384A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*If the grave has more than one owner, all owners must give permission for the memorial</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9D462A" w14:textId="77777777" w:rsidR="00B054E9" w:rsidRPr="001B384A" w:rsidRDefault="00B054E9" w:rsidP="003924F6">
+    <w:p w14:paraId="13B16A14" w14:textId="77777777" w:rsidR="00A5150C" w:rsidRDefault="00A5150C" w:rsidP="003924F6">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="3A9D462A" w14:textId="77777777" w:rsidR="00B054E9" w:rsidRPr="001B384A" w:rsidRDefault="00B054E9" w:rsidP="003924F6">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="114EB9E9" w14:textId="3C58C4F8" w:rsidR="00375406" w:rsidRDefault="00375406" w:rsidP="003924F6">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Address:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -665,509 +696,379 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AED3899" w14:textId="77777777" w:rsidR="00B054E9" w:rsidRDefault="00B054E9" w:rsidP="003924F6">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="294A24D7" w14:textId="562F70A3" w:rsidR="007D52AC" w:rsidRDefault="007D52AC" w:rsidP="007D52AC">
-[...61 lines deleted...]
-        <w:t>Address:</w:t>
+    <w:p w14:paraId="2AE5DDC2" w14:textId="77777777" w:rsidR="00DC1CAC" w:rsidRDefault="00DC1CAC" w:rsidP="003924F6">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69CC2F61" w14:textId="0DD7CD26" w:rsidR="00375406" w:rsidRDefault="0065487E" w:rsidP="003924F6">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Certificate of Exclusive Right of Burial reference:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+        <w:t>………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E2BECF3" w14:textId="362DF3FB" w:rsidR="0065487E" w:rsidRDefault="0065487E" w:rsidP="003924F6">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF5A586" w14:textId="68487CD9" w:rsidR="0065487E" w:rsidRDefault="0065487E" w:rsidP="003924F6">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I, being the legal owner of the Exclusive Right of Burial in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00902ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>above-mentioned</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00302B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grave and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being aware of the </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6398">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saxilby with Ingleby Parish Council </w:t>
+      </w:r>
+      <w:r w:rsidR="00E745AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Burial Ground </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6398">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regulations in force, have given permission for the memorial works described below to be carried out. I hereby indemnify the Parish Council (burial authority)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in respect of any claims or demands that may be made at any time in connection </w:t>
+      </w:r>
+      <w:r w:rsidR="00302B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with or</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arising from any such works being undertaken. I understand that the maintenance of the memorial is my responsibility. I agree not to place any ornaments, chippings, edging/fencing, </w:t>
+      </w:r>
+      <w:r w:rsidR="00302B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plants,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other items that do not conf</w:t>
+      </w:r>
+      <w:r w:rsidR="00187460">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rm to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0094077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Burial Ground Regulations. If any of the above are found on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00302B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grave,</w:t>
+      </w:r>
+      <w:r w:rsidR="0094077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I understand that they may be removed without prior notice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B2982D" w14:textId="73EA238D" w:rsidR="00375406" w:rsidRDefault="00375406" w:rsidP="003924F6">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7862CE02" w14:textId="68AE8D23" w:rsidR="00011457" w:rsidRDefault="009461DD" w:rsidP="003924F6">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk204683732"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Grave owner signature:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+        <w:t>………………………………….    Date:   …………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BABAC5" w14:textId="77777777" w:rsidR="000F2B28" w:rsidRDefault="000F2B28" w:rsidP="003924F6">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="5B16A8C9" w14:textId="09DF1589" w:rsidR="00010AEA" w:rsidRDefault="001706BD" w:rsidP="00095DBE">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C17E187" w14:textId="39A6B474" w:rsidR="00010AEA" w:rsidRDefault="00010AEA" w:rsidP="00095DBE">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Memorial Mason name:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………………………………………………………</w:t>
       </w:r>
-    </w:p>
-[...368 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4B659B8F" w14:textId="7014174F" w:rsidR="00010AEA" w:rsidRDefault="00010AEA" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Address:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1383,60 +1284,92 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4198DD02" w14:textId="20195E5E" w:rsidR="006A1BAD" w:rsidRDefault="001B384A" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0845F10D" w14:textId="77777777" w:rsidR="001B384A" w:rsidRDefault="001B384A" w:rsidP="00095DBE">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0845F10D" w14:textId="6CE1B89D" w:rsidR="001B384A" w:rsidRDefault="00A607B1" w:rsidP="00095DBE">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Page 2 of 2   Plot number ……….</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="42FADFDF" w14:textId="77777777" w:rsidR="00470130" w:rsidRDefault="00470130" w:rsidP="001C75E3">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1265C9BF" w14:textId="412852BC" w:rsidR="001C75E3" w:rsidRPr="00DC1CAC" w:rsidRDefault="001C75E3" w:rsidP="001C75E3">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1600,79 +1533,107 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Base:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">      Height: …………  Width: ……………  Thickness: ……….……..</w:t>
-      </w:r>
+        <w:t xml:space="preserve">      Height: …………  Width: ……………  Thickness: ……….…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5DADC051" w14:textId="7585B0F9" w:rsidR="00A516A8" w:rsidRDefault="00A516A8" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Foundation:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">      Height: …………  Width: ……………  Thickness: …………,…..</w:t>
+        <w:t xml:space="preserve">      Height: …………  Width: ……………  Thickness: ………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…,…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="771F6772" w14:textId="0AD078FA" w:rsidR="001C75E3" w:rsidRDefault="001C75E3" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7ABDCC55" w14:textId="7A3CFAF5" w:rsidR="001C75E3" w:rsidRDefault="00595403" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1693,69 +1654,69 @@
       <w:r w:rsidR="00E90BD3">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Please </w:t>
       </w:r>
       <w:r w:rsidR="00EC7F40">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">make </w:t>
       </w:r>
       <w:r w:rsidR="00E90BD3">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sure measurements are written above)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CD287E" w14:textId="23B68EB0" w:rsidR="008B0C78" w:rsidRDefault="00000000" w:rsidP="00095DBE">
+    <w:p w14:paraId="49CD287E" w14:textId="23B68EB0" w:rsidR="008B0C78" w:rsidRDefault="00537BEC" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="2D8CC1B1">
-          <v:shape id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:71.25pt;margin-top:4.55pt;width:449.25pt;height:163.5pt;z-index:2">
+          <v:shape id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:71.25pt;margin-top:4.55pt;width:449.25pt;height:163.5pt;z-index:251658240">
             <v:textbox>
               <w:txbxContent>
                 <w:p w14:paraId="7B8CD7AC" w14:textId="77777777" w:rsidR="008B0C78" w:rsidRDefault="008B0C78"/>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="28CF26A7" w14:textId="2E0A9CFA" w:rsidR="008B0C78" w:rsidRDefault="008B0C78" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6834E129" w14:textId="4FAEC087" w:rsidR="008B0C78" w:rsidRDefault="008B0C78" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1948,52 +1909,62 @@
         <w:t>Memorial Mason</w:t>
       </w:r>
       <w:r w:rsidR="001A3BDD">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>……………………………………………..</w:t>
-      </w:r>
+        <w:t>…………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="13FE82F5" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25F2BF9B" w14:textId="40F65421" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4487B">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
@@ -2018,89 +1989,117 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001A3BDD">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           ………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……………………………..</w:t>
-      </w:r>
+        <w:t>…………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="450648C9" w14:textId="1D2315D9" w:rsidR="009A3999" w:rsidRDefault="009A3999" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41D2856E" w14:textId="7D0EA54F" w:rsidR="009A3999" w:rsidRDefault="009A3999" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Permission of burial authority:</w:t>
       </w:r>
       <w:r w:rsidR="004A314F">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ………………………………………..….</w:t>
+        <w:t xml:space="preserve"> ……………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004A314F">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A314F">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="652030AD" w14:textId="1EF84BF8" w:rsidR="004A314F" w:rsidRDefault="004A314F" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36872AE2" w14:textId="03C566C4" w:rsidR="004A314F" w:rsidRDefault="004A314F" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2119,51 +2118,69 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> ………………………………..………….</w:t>
+        <w:t xml:space="preserve"> ……………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BCAAD3F" w14:textId="77777777" w:rsidR="005960F1" w:rsidRDefault="005960F1" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70B249E4" w14:textId="04A79448" w:rsidR="00C531DE" w:rsidRDefault="00DE015D" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2285,124 +2302,148 @@
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact details:  Assistant Parish Clerk   Zarina Belk  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185A4BC6" w14:textId="77777777" w:rsidR="008F749B" w:rsidRDefault="008F749B" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0029B59B" w14:textId="21697E20" w:rsidR="008F749B" w:rsidRPr="00A4487B" w:rsidRDefault="008F749B" w:rsidP="00095DBE">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Please make sure that the number </w:t>
+    <w:p w14:paraId="0029B59B" w14:textId="0AE08EEB" w:rsidR="008F749B" w:rsidRPr="00A4487B" w:rsidRDefault="008F749B" w:rsidP="00095DBE">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please make sure that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC145E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plot </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">number </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC145E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is on the rear of the memorial. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CAD6589" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="531D3CDE" w14:textId="77777777" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD" w:rsidP="00095DBE">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C36F51F" w14:textId="6FBEFD2B" w:rsidR="006B6BFD" w:rsidRDefault="006B6BFD" w:rsidP="0080370E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006B6BFD" w:rsidSect="005F597F">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="22" w:right="1440" w:bottom="0" w:left="0" w:header="0" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7897A8C5" w14:textId="77777777" w:rsidR="00D55025" w:rsidRDefault="00D55025" w:rsidP="00516131">
+    <w:p w14:paraId="2E64D695" w14:textId="77777777" w:rsidR="005E02B5" w:rsidRDefault="005E02B5" w:rsidP="00516131">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="459B45BA" w14:textId="77777777" w:rsidR="00D55025" w:rsidRDefault="00D55025" w:rsidP="00516131">
+    <w:p w14:paraId="33EC1327" w14:textId="77777777" w:rsidR="005E02B5" w:rsidRDefault="005E02B5" w:rsidP="00516131">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2465,58 +2506,58 @@
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="0080370E">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="001A3BDD">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F20971F" w14:textId="77777777" w:rsidR="00D55025" w:rsidRDefault="00D55025" w:rsidP="00516131">
+    <w:p w14:paraId="0AE5315D" w14:textId="77777777" w:rsidR="005E02B5" w:rsidRDefault="005E02B5" w:rsidP="00516131">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74CA0CEC" w14:textId="77777777" w:rsidR="00D55025" w:rsidRDefault="00D55025" w:rsidP="00516131">
+    <w:p w14:paraId="38AC734D" w14:textId="77777777" w:rsidR="005E02B5" w:rsidRDefault="005E02B5" w:rsidP="00516131">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E1B28A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F9827F2"/>
     <w:lvl w:ilvl="0" w:tplc="F00490B8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2890,260 +2931,281 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="7189"/>
         </w:tabs>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="593588829">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="900093066">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="457259409">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE4ED4"/>
     <w:rsid w:val="00010AEA"/>
     <w:rsid w:val="00011457"/>
     <w:rsid w:val="00016727"/>
     <w:rsid w:val="00033786"/>
     <w:rsid w:val="00057877"/>
     <w:rsid w:val="0006177E"/>
     <w:rsid w:val="000706AA"/>
     <w:rsid w:val="00084F63"/>
     <w:rsid w:val="00095DBE"/>
     <w:rsid w:val="000B1525"/>
     <w:rsid w:val="000F2B28"/>
     <w:rsid w:val="00102837"/>
     <w:rsid w:val="00133AF9"/>
     <w:rsid w:val="00141C23"/>
     <w:rsid w:val="00142FEE"/>
+    <w:rsid w:val="001535AF"/>
+    <w:rsid w:val="001603DB"/>
     <w:rsid w:val="001706BD"/>
     <w:rsid w:val="00187460"/>
     <w:rsid w:val="001A3BDD"/>
     <w:rsid w:val="001B384A"/>
     <w:rsid w:val="001B5561"/>
     <w:rsid w:val="001C4B71"/>
     <w:rsid w:val="001C5CB3"/>
     <w:rsid w:val="001C66AD"/>
     <w:rsid w:val="001C75E3"/>
     <w:rsid w:val="001E1960"/>
     <w:rsid w:val="001E47B6"/>
     <w:rsid w:val="001F2CDC"/>
     <w:rsid w:val="00221DA3"/>
     <w:rsid w:val="00231D12"/>
     <w:rsid w:val="0025111B"/>
     <w:rsid w:val="00254C36"/>
     <w:rsid w:val="00274C54"/>
     <w:rsid w:val="002E2EC1"/>
     <w:rsid w:val="00302B6F"/>
     <w:rsid w:val="00332D62"/>
     <w:rsid w:val="003348E5"/>
     <w:rsid w:val="00372017"/>
     <w:rsid w:val="00375406"/>
     <w:rsid w:val="003857AF"/>
     <w:rsid w:val="003911F2"/>
     <w:rsid w:val="003924F6"/>
     <w:rsid w:val="003931CD"/>
     <w:rsid w:val="003C33CD"/>
     <w:rsid w:val="003E2301"/>
+    <w:rsid w:val="003F3E44"/>
     <w:rsid w:val="00400835"/>
     <w:rsid w:val="0041578E"/>
     <w:rsid w:val="004309EB"/>
     <w:rsid w:val="004357E6"/>
     <w:rsid w:val="00465562"/>
     <w:rsid w:val="00470130"/>
     <w:rsid w:val="004A314F"/>
     <w:rsid w:val="004A42FB"/>
     <w:rsid w:val="004A467A"/>
     <w:rsid w:val="004D0A3C"/>
     <w:rsid w:val="004F1EB8"/>
+    <w:rsid w:val="00500B9C"/>
+    <w:rsid w:val="005079A4"/>
     <w:rsid w:val="00516131"/>
     <w:rsid w:val="0053476B"/>
+    <w:rsid w:val="00537BEC"/>
+    <w:rsid w:val="00546C32"/>
     <w:rsid w:val="00583C89"/>
+    <w:rsid w:val="00584C7B"/>
     <w:rsid w:val="00590876"/>
     <w:rsid w:val="00595403"/>
     <w:rsid w:val="005960F1"/>
     <w:rsid w:val="005A1C93"/>
+    <w:rsid w:val="005C56CE"/>
     <w:rsid w:val="005D31F4"/>
+    <w:rsid w:val="005E02B5"/>
     <w:rsid w:val="005F597F"/>
     <w:rsid w:val="00636E3C"/>
     <w:rsid w:val="006533FA"/>
     <w:rsid w:val="00653531"/>
     <w:rsid w:val="0065487E"/>
     <w:rsid w:val="00682716"/>
     <w:rsid w:val="0069495F"/>
     <w:rsid w:val="006A1BAD"/>
     <w:rsid w:val="006B6BFD"/>
+    <w:rsid w:val="006C1B80"/>
+    <w:rsid w:val="00725467"/>
     <w:rsid w:val="00725EE3"/>
     <w:rsid w:val="00726582"/>
     <w:rsid w:val="007B06F4"/>
     <w:rsid w:val="007D0080"/>
     <w:rsid w:val="007D52AC"/>
     <w:rsid w:val="007E01A9"/>
     <w:rsid w:val="0080370E"/>
     <w:rsid w:val="008054CA"/>
+    <w:rsid w:val="008A157B"/>
     <w:rsid w:val="008B0C78"/>
     <w:rsid w:val="008C2809"/>
     <w:rsid w:val="008C33A5"/>
     <w:rsid w:val="008C68CB"/>
     <w:rsid w:val="008F749B"/>
     <w:rsid w:val="00902ABF"/>
     <w:rsid w:val="00902BC4"/>
+    <w:rsid w:val="00937401"/>
     <w:rsid w:val="0094077A"/>
     <w:rsid w:val="009461DD"/>
     <w:rsid w:val="00960A85"/>
     <w:rsid w:val="009A3999"/>
     <w:rsid w:val="009C2252"/>
     <w:rsid w:val="009C705F"/>
     <w:rsid w:val="009D3E2A"/>
     <w:rsid w:val="009E6398"/>
+    <w:rsid w:val="00A31F3E"/>
     <w:rsid w:val="00A4487B"/>
     <w:rsid w:val="00A44CC0"/>
     <w:rsid w:val="00A46611"/>
+    <w:rsid w:val="00A5150C"/>
     <w:rsid w:val="00A516A8"/>
+    <w:rsid w:val="00A607B1"/>
     <w:rsid w:val="00AA0AA5"/>
+    <w:rsid w:val="00AB1C08"/>
     <w:rsid w:val="00AB5A76"/>
     <w:rsid w:val="00AC6DB0"/>
+    <w:rsid w:val="00AF08A8"/>
     <w:rsid w:val="00B054E9"/>
     <w:rsid w:val="00B43AD5"/>
     <w:rsid w:val="00B52EE8"/>
     <w:rsid w:val="00B664B6"/>
     <w:rsid w:val="00B704AC"/>
     <w:rsid w:val="00B828B5"/>
     <w:rsid w:val="00BA376B"/>
     <w:rsid w:val="00BE0D5F"/>
     <w:rsid w:val="00BF14AD"/>
     <w:rsid w:val="00BF3389"/>
     <w:rsid w:val="00BF382E"/>
     <w:rsid w:val="00C05927"/>
     <w:rsid w:val="00C13636"/>
+    <w:rsid w:val="00C166E8"/>
     <w:rsid w:val="00C33510"/>
     <w:rsid w:val="00C531DE"/>
     <w:rsid w:val="00CE2010"/>
     <w:rsid w:val="00CE5386"/>
     <w:rsid w:val="00D05AD4"/>
     <w:rsid w:val="00D17668"/>
     <w:rsid w:val="00D314C6"/>
     <w:rsid w:val="00D42FD7"/>
     <w:rsid w:val="00D46740"/>
     <w:rsid w:val="00D55025"/>
     <w:rsid w:val="00DB0F6B"/>
     <w:rsid w:val="00DB6385"/>
     <w:rsid w:val="00DC1CAC"/>
     <w:rsid w:val="00DD1084"/>
     <w:rsid w:val="00DD6546"/>
     <w:rsid w:val="00DE015D"/>
     <w:rsid w:val="00E30A17"/>
     <w:rsid w:val="00E35AE6"/>
     <w:rsid w:val="00E745AD"/>
     <w:rsid w:val="00E90BD3"/>
     <w:rsid w:val="00EA7358"/>
     <w:rsid w:val="00EB5F6F"/>
+    <w:rsid w:val="00EC145E"/>
     <w:rsid w:val="00EC26BE"/>
     <w:rsid w:val="00EC7F40"/>
     <w:rsid w:val="00ED116D"/>
     <w:rsid w:val="00ED4EDA"/>
     <w:rsid w:val="00EF68B2"/>
     <w:rsid w:val="00F05CCE"/>
     <w:rsid w:val="00F52BF4"/>
     <w:rsid w:val="00F57C5F"/>
     <w:rsid w:val="00F7299F"/>
     <w:rsid w:val="00F97FAD"/>
     <w:rsid w:val="00FA0ED4"/>
     <w:rsid w:val="00FE4ED4"/>
     <w:rsid w:val="00FF1D5D"/>
     <w:rsid w:val="00FF76FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1035"/>
+    <o:shapedefaults v:ext="edit" spidmax="1037"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2CFA1B54"/>
   <w15:docId w15:val="{E7BE767F-C86F-474A-89A1-DB481FBF391D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
@@ -4556,72 +4618,72 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6a8cfbb9-3c71-464a-b11d-7048d50cec72" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a43410e6-35a1-4351-a940-33e45c1f74a6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005646EE34FCCA3D419F78902AA5F1A70F" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="327ae179ffda598163878f525ae466e6">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a43410e6-35a1-4351-a940-33e45c1f74a6" xmlns:ns3="6a8cfbb9-3c71-464a-b11d-7048d50cec72" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8a85cfb8f2747b6b024e88580b77580" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005646EE34FCCA3D419F78902AA5F1A70F" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc37f95c85db82eac0df3c32efe31c5d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a43410e6-35a1-4351-a940-33e45c1f74a6" xmlns:ns3="6a8cfbb9-3c71-464a-b11d-7048d50cec72" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5981dd61dc3d5e397624cf5819a839a1" ns2:_="" ns3:_="">
     <xsd:import namespace="a43410e6-35a1-4351-a940-33e45c1f74a6"/>
     <xsd:import namespace="6a8cfbb9-3c71-464a-b11d-7048d50cec72"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4831,117 +4893,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5E8973B-54BA-4A80-B753-FF6F648BEDBB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B51042DE-802F-4BA1-ACEE-F630F6AEB827}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6a8cfbb9-3c71-464a-b11d-7048d50cec72"/>
     <ds:schemaRef ds:uri="a43410e6-35a1-4351-a940-33e45c1f74a6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A27E55A4-ECA1-4137-9B0C-D5B015B3D5CD}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{815BEFD6-5A08-4985-9EDD-E4F31C2226B5}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Letterhead template</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>428</Words>
-  <Characters>2443</Characters>
+  <Words>378</Words>
+  <Characters>2415</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2866</CharactersWithSpaces>
+  <CharactersWithSpaces>2751</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jamie Harrington</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005646EE34FCCA3D419F78902AA5F1A70F</vt:lpwstr>