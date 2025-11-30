--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -136,93 +136,93 @@
         <w:pStyle w:val="Title"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>St Andrew</w:t>
       </w:r>
       <w:r w:rsidR="00AC6B3F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>s Community Centre, Saxilby</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BFCE929" w14:textId="0F41140B" w:rsidR="00F506D2" w:rsidRDefault="00F506D2" w:rsidP="00D67AE7">
+    <w:p w14:paraId="4BFCE929" w14:textId="773BA736" w:rsidR="00F506D2" w:rsidRDefault="00F506D2" w:rsidP="00D67AE7">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Single </w:t>
       </w:r>
       <w:r w:rsidR="007E59FF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Event </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Booking Form</w:t>
       </w:r>
       <w:r w:rsidR="00AF70CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> V</w:t>
       </w:r>
       <w:r w:rsidR="00A81FC7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00066DFC">
-[...3 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00B47F5D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00F506D2" w:rsidRDefault="00F506D2" w:rsidP="00F506D2">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00F506D2" w:rsidRDefault="00F506D2" w:rsidP="00F506D2">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64749E82" w14:textId="77777777" w:rsidR="00FB6E5C" w:rsidRDefault="00FB6E5C" w:rsidP="00F506D2">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="1170"/>
         <w:rPr>
@@ -714,98 +714,107 @@
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Room</w:t>
             </w:r>
             <w:r w:rsidRPr="00842E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Required</w:t>
             </w:r>
             <w:r w:rsidR="0039595A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00842E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72673D39" w14:textId="77777777" w:rsidR="00F506D2" w:rsidRPr="000E0D40" w:rsidRDefault="009972A7" w:rsidP="00842E5D">
+          <w:p w14:paraId="72673D39" w14:textId="086402D7" w:rsidR="00F506D2" w:rsidRPr="000E0D40" w:rsidRDefault="009972A7" w:rsidP="00842E5D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00842E5D">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F506D2" w:rsidRPr="009972A7">
               <w:t>Function Room</w:t>
             </w:r>
             <w:r w:rsidR="00F506D2">
-              <w:t xml:space="preserve">                 </w:t>
+              <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidR="000E0D40">
-              <w:t xml:space="preserve">               </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00842E5D">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="00F506D2">
-              <w:t xml:space="preserve"> Youth Club Room                </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve"> Youth Club Room        </w:t>
             </w:r>
             <w:r w:rsidR="000E0D40">
-              <w:t xml:space="preserve">         </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00F506D2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00842E5D">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="00F506D2">
               <w:t xml:space="preserve"> Meeting Room   </w:t>
+            </w:r>
+            <w:r w:rsidR="003D6C3A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D6C3A" w:rsidRPr="00842E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="003D6C3A">
+              <w:t xml:space="preserve"> Bar Seating Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039595A" w:rsidRPr="00842E5D" w14:paraId="6CF73DF2" w14:textId="77777777" w:rsidTr="00D81BF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="38BA3EC3" w14:textId="77777777" w:rsidR="0039595A" w:rsidRDefault="0039595A" w:rsidP="0039595A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Start Time:</w:t>
             </w:r>
           </w:p>
@@ -1438,87 +1447,195 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="003C448C" w:rsidRPr="005D6357" w:rsidRDefault="003C448C" w:rsidP="003C448C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="003C448C" w:rsidRDefault="003C448C" w:rsidP="003C448C">
+    <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="003C448C" w:rsidRDefault="003C448C" w:rsidP="000C24EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F72F646" w14:textId="77777777" w:rsidR="00834378" w:rsidRDefault="00834378" w:rsidP="00B01F8F">
+    <w:p w14:paraId="37FCB757" w14:textId="77777777" w:rsidR="000C24EA" w:rsidRPr="000C24EA" w:rsidRDefault="000C24EA" w:rsidP="000C24EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4474E890" w14:textId="5B879478" w:rsidR="00F06980" w:rsidRDefault="00F06980" w:rsidP="000C24EA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1967"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="00B01F8F" w:rsidRDefault="00B01F8F" w:rsidP="00B01F8F">
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C24EA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bar service provision </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B371EAC" w14:textId="77777777" w:rsidR="000C24EA" w:rsidRPr="000C24EA" w:rsidRDefault="000C24EA" w:rsidP="000C24EA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1967"/>
         </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D8A06A" w14:textId="3D268A79" w:rsidR="00F06980" w:rsidRPr="000C24EA" w:rsidRDefault="00F06980" w:rsidP="000C24EA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1967"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C24EA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">•Pavilion Bar servery hires must use the Sports Hub as a service provider, due to stock and equipment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8EC546" w14:textId="7C93841D" w:rsidR="00F06980" w:rsidRPr="000C24EA" w:rsidRDefault="00F06980" w:rsidP="000C24EA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1967"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C24EA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• Upstairs Function Room bar hires may use any permitted bar service provider (subject to licensing). The hirer remains responsible for ensuring the necessary licensing (e.g. TENS) and permissions are in place. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F72F646" w14:textId="277D3EE7" w:rsidR="00834378" w:rsidRPr="000C24EA" w:rsidRDefault="00F06980" w:rsidP="000C24EA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1967"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C24EA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>•If hirers contract an external bar provider, this is a private arrangement, and no council service fee applies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="00B01F8F" w:rsidRDefault="00B01F8F" w:rsidP="00B01F8F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1967"/>
+        </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16C0DFE0" w14:textId="77777777" w:rsidR="009A7066" w:rsidRPr="009A7066" w:rsidRDefault="006547DF" w:rsidP="009A7066">
+    <w:p w14:paraId="16C0DFE0" w14:textId="77777777" w:rsidR="009A7066" w:rsidRPr="009A7066" w:rsidRDefault="006547DF" w:rsidP="000C24EA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01F8F">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="009972A7" w:rsidRPr="00D67AE7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Hire Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00D67AE7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1823,59 +1940,51 @@
         </w:rPr>
         <w:t>The Community Centre shall be open to all members of the community in compliance with the provisions of the Equality Act 2010.</w:t>
       </w:r>
       <w:r w:rsidR="001B5624" w:rsidRPr="00405E38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Information you give us about yourself will be held on computer or manual record, which you have a right to see and check.  Information may be shared with organisations we work with to provide services to you.  Information may also be used in connection with the prevention and detection of crime and fraud.  Our obligations under the Data Protection Act 1998 are explained in our Data Protection Policy which is available on our website</w:t>
       </w:r>
       <w:r w:rsidR="0039595A" w:rsidRPr="00405E38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007F7CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>Hirers and users of the Centre must also comply with the Council’s Sexual Harassment Policy, available on our website.</w:t>
+        <w:t xml:space="preserve"> Hirers and users of the Centre must also comply with the Council’s Sexual Harassment Policy, available on our website.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07547A01" w14:textId="77777777" w:rsidR="00D67AE7" w:rsidRPr="00405E38" w:rsidRDefault="00D67AE7" w:rsidP="00D67AE7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="644"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3268CC0E" w14:textId="23A9A528" w:rsidR="00D67AE7" w:rsidRPr="00405E38" w:rsidRDefault="00D67AE7" w:rsidP="00D67AE7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6546,58 +6655,58 @@
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00272D7B" w:rsidRPr="00BF363F" w:rsidSect="004A6039">
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="578" w:right="567" w:bottom="431" w:left="567" w:header="578" w:footer="578" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="dotted" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="dotted" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="dotted" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="dotted" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="244615A2" w14:textId="77777777" w:rsidR="00AB5FA1" w:rsidRDefault="00AB5FA1">
+    <w:p w14:paraId="190E7C5D" w14:textId="77777777" w:rsidR="000A5B2C" w:rsidRDefault="000A5B2C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B6D51AE" w14:textId="77777777" w:rsidR="00AB5FA1" w:rsidRDefault="00AB5FA1">
+    <w:p w14:paraId="4C0F15EC" w14:textId="77777777" w:rsidR="000A5B2C" w:rsidRDefault="000A5B2C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6639,58 +6748,58 @@
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77BB860C" w14:textId="77777777" w:rsidR="00AB5FA1" w:rsidRDefault="00AB5FA1">
+    <w:p w14:paraId="7998BB9E" w14:textId="77777777" w:rsidR="000A5B2C" w:rsidRDefault="000A5B2C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D6275C1" w14:textId="77777777" w:rsidR="00AB5FA1" w:rsidRDefault="00AB5FA1">
+    <w:p w14:paraId="25785BCD" w14:textId="77777777" w:rsidR="000A5B2C" w:rsidRDefault="000A5B2C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02326D07"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0809000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -7775,149 +7884,153 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2045935230">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2025015881">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="87892286">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="176231889">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="918636305">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1788545060">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000318E3"/>
     <w:rsid w:val="00021D1B"/>
     <w:rsid w:val="00025C46"/>
     <w:rsid w:val="000318E3"/>
     <w:rsid w:val="00037295"/>
     <w:rsid w:val="0006564D"/>
     <w:rsid w:val="00066DFC"/>
     <w:rsid w:val="00080272"/>
     <w:rsid w:val="0009239E"/>
     <w:rsid w:val="00093050"/>
     <w:rsid w:val="000A0C3A"/>
     <w:rsid w:val="000A2B4A"/>
+    <w:rsid w:val="000A5B2C"/>
+    <w:rsid w:val="000C24EA"/>
     <w:rsid w:val="000C3787"/>
     <w:rsid w:val="000C5F92"/>
     <w:rsid w:val="000D057C"/>
     <w:rsid w:val="000E0D40"/>
+    <w:rsid w:val="000E0E01"/>
     <w:rsid w:val="000F67EC"/>
     <w:rsid w:val="0010045D"/>
     <w:rsid w:val="001072AF"/>
     <w:rsid w:val="00107725"/>
     <w:rsid w:val="00113D95"/>
     <w:rsid w:val="001507D2"/>
     <w:rsid w:val="00165C2A"/>
     <w:rsid w:val="00166371"/>
     <w:rsid w:val="00170D08"/>
     <w:rsid w:val="00172CC5"/>
     <w:rsid w:val="001908C5"/>
     <w:rsid w:val="001A2162"/>
     <w:rsid w:val="001B24AE"/>
     <w:rsid w:val="001B5624"/>
     <w:rsid w:val="001D0977"/>
     <w:rsid w:val="001D44C4"/>
     <w:rsid w:val="001D536A"/>
     <w:rsid w:val="001D6294"/>
     <w:rsid w:val="001D71B6"/>
     <w:rsid w:val="00215043"/>
     <w:rsid w:val="00217605"/>
     <w:rsid w:val="00226EA6"/>
     <w:rsid w:val="00227448"/>
     <w:rsid w:val="00245BB9"/>
     <w:rsid w:val="002519C8"/>
+    <w:rsid w:val="00254381"/>
     <w:rsid w:val="00256D8D"/>
     <w:rsid w:val="002601F9"/>
     <w:rsid w:val="0027014B"/>
     <w:rsid w:val="002715EE"/>
     <w:rsid w:val="0027175D"/>
     <w:rsid w:val="00272D7B"/>
     <w:rsid w:val="00294408"/>
     <w:rsid w:val="002947AB"/>
     <w:rsid w:val="00297784"/>
     <w:rsid w:val="00297CAE"/>
     <w:rsid w:val="002A166B"/>
     <w:rsid w:val="002A4F65"/>
     <w:rsid w:val="002A5C8D"/>
     <w:rsid w:val="002C17E5"/>
     <w:rsid w:val="002C732C"/>
     <w:rsid w:val="00302A34"/>
     <w:rsid w:val="00310044"/>
     <w:rsid w:val="00316916"/>
     <w:rsid w:val="00327E97"/>
     <w:rsid w:val="0035445B"/>
     <w:rsid w:val="00362EF0"/>
     <w:rsid w:val="00383DF7"/>
     <w:rsid w:val="00384153"/>
     <w:rsid w:val="003944EF"/>
     <w:rsid w:val="003954C2"/>
     <w:rsid w:val="0039595A"/>
     <w:rsid w:val="003A0725"/>
     <w:rsid w:val="003A252C"/>
     <w:rsid w:val="003B6D19"/>
     <w:rsid w:val="003C448C"/>
     <w:rsid w:val="003D5E87"/>
+    <w:rsid w:val="003D6C3A"/>
     <w:rsid w:val="003E7419"/>
     <w:rsid w:val="003F6C5C"/>
     <w:rsid w:val="00405E38"/>
     <w:rsid w:val="004322B9"/>
     <w:rsid w:val="00432977"/>
     <w:rsid w:val="0044090B"/>
     <w:rsid w:val="00454853"/>
     <w:rsid w:val="00454F18"/>
     <w:rsid w:val="00455E1A"/>
     <w:rsid w:val="00456740"/>
     <w:rsid w:val="00482C63"/>
     <w:rsid w:val="0049319A"/>
     <w:rsid w:val="004948EB"/>
     <w:rsid w:val="004A6039"/>
     <w:rsid w:val="004B5064"/>
     <w:rsid w:val="004C1C42"/>
     <w:rsid w:val="004D6B2B"/>
     <w:rsid w:val="004E4F87"/>
     <w:rsid w:val="00512782"/>
     <w:rsid w:val="00531AE8"/>
     <w:rsid w:val="00547CBA"/>
     <w:rsid w:val="00551440"/>
     <w:rsid w:val="0055239F"/>
     <w:rsid w:val="005563C5"/>
     <w:rsid w:val="00557BB5"/>
@@ -8011,116 +8124,119 @@
     <w:rsid w:val="00A11D15"/>
     <w:rsid w:val="00A15CB9"/>
     <w:rsid w:val="00A16F38"/>
     <w:rsid w:val="00A17963"/>
     <w:rsid w:val="00A255E3"/>
     <w:rsid w:val="00A25AF1"/>
     <w:rsid w:val="00A30812"/>
     <w:rsid w:val="00A41C2D"/>
     <w:rsid w:val="00A44F10"/>
     <w:rsid w:val="00A47176"/>
     <w:rsid w:val="00A70674"/>
     <w:rsid w:val="00A71F58"/>
     <w:rsid w:val="00A81FC7"/>
     <w:rsid w:val="00A87E58"/>
     <w:rsid w:val="00AB4233"/>
     <w:rsid w:val="00AB5FA1"/>
     <w:rsid w:val="00AC178A"/>
     <w:rsid w:val="00AC6B3F"/>
     <w:rsid w:val="00AD7A2E"/>
     <w:rsid w:val="00AE597E"/>
     <w:rsid w:val="00AF70CF"/>
     <w:rsid w:val="00B01F8F"/>
     <w:rsid w:val="00B04E80"/>
     <w:rsid w:val="00B07298"/>
     <w:rsid w:val="00B36DD2"/>
+    <w:rsid w:val="00B47F5D"/>
     <w:rsid w:val="00B55A0D"/>
     <w:rsid w:val="00B67370"/>
     <w:rsid w:val="00B7311E"/>
     <w:rsid w:val="00B762FF"/>
     <w:rsid w:val="00B80AC7"/>
     <w:rsid w:val="00B82D04"/>
     <w:rsid w:val="00B83407"/>
     <w:rsid w:val="00B83D27"/>
     <w:rsid w:val="00B915E4"/>
     <w:rsid w:val="00B91AD6"/>
     <w:rsid w:val="00B964BC"/>
     <w:rsid w:val="00BA5393"/>
     <w:rsid w:val="00BA6773"/>
     <w:rsid w:val="00BB4178"/>
     <w:rsid w:val="00BC7A9F"/>
     <w:rsid w:val="00BF2C1A"/>
     <w:rsid w:val="00BF363F"/>
     <w:rsid w:val="00C20FA2"/>
     <w:rsid w:val="00C24CA2"/>
     <w:rsid w:val="00C32D23"/>
     <w:rsid w:val="00C351CE"/>
     <w:rsid w:val="00C36F86"/>
     <w:rsid w:val="00C43BF6"/>
     <w:rsid w:val="00C56814"/>
     <w:rsid w:val="00C60660"/>
     <w:rsid w:val="00C77C77"/>
     <w:rsid w:val="00C95B87"/>
     <w:rsid w:val="00CA7235"/>
     <w:rsid w:val="00CC06D7"/>
+    <w:rsid w:val="00CC5E4C"/>
     <w:rsid w:val="00CC7D8D"/>
     <w:rsid w:val="00CD5CDE"/>
     <w:rsid w:val="00CE04B7"/>
     <w:rsid w:val="00CE5CCE"/>
     <w:rsid w:val="00CF142B"/>
     <w:rsid w:val="00D14C5B"/>
     <w:rsid w:val="00D15EB5"/>
     <w:rsid w:val="00D21195"/>
     <w:rsid w:val="00D32AED"/>
     <w:rsid w:val="00D344D8"/>
     <w:rsid w:val="00D35A62"/>
     <w:rsid w:val="00D420DF"/>
     <w:rsid w:val="00D42BFD"/>
     <w:rsid w:val="00D504E8"/>
     <w:rsid w:val="00D67AE7"/>
     <w:rsid w:val="00D72699"/>
     <w:rsid w:val="00D81BF9"/>
     <w:rsid w:val="00D93731"/>
     <w:rsid w:val="00DA1DF3"/>
     <w:rsid w:val="00DA7ACA"/>
     <w:rsid w:val="00DD670B"/>
     <w:rsid w:val="00DF3F2F"/>
     <w:rsid w:val="00E1766F"/>
     <w:rsid w:val="00E34172"/>
     <w:rsid w:val="00E41776"/>
     <w:rsid w:val="00E43753"/>
     <w:rsid w:val="00E51EA1"/>
     <w:rsid w:val="00E63F84"/>
     <w:rsid w:val="00E7175D"/>
     <w:rsid w:val="00E84068"/>
     <w:rsid w:val="00E90313"/>
     <w:rsid w:val="00EA7ECA"/>
     <w:rsid w:val="00EB006D"/>
     <w:rsid w:val="00EB35D0"/>
     <w:rsid w:val="00EC6A73"/>
     <w:rsid w:val="00EE5242"/>
     <w:rsid w:val="00EF7E5D"/>
+    <w:rsid w:val="00F06980"/>
     <w:rsid w:val="00F11CE9"/>
     <w:rsid w:val="00F40CA1"/>
     <w:rsid w:val="00F435DB"/>
     <w:rsid w:val="00F506D2"/>
     <w:rsid w:val="00F5351E"/>
     <w:rsid w:val="00F8133B"/>
     <w:rsid w:val="00F84610"/>
     <w:rsid w:val="00F93711"/>
     <w:rsid w:val="00F95D28"/>
     <w:rsid w:val="00FA3242"/>
     <w:rsid w:val="00FB601F"/>
     <w:rsid w:val="00FB6E5C"/>
     <w:rsid w:val="00FC510C"/>
     <w:rsid w:val="00FE4925"/>
     <w:rsid w:val="2126A427"/>
     <w:rsid w:val="2434CE06"/>
     <w:rsid w:val="29B83A1D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -9051,52 +9167,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005646EE34FCCA3D419F78902AA5F1A70F" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="327ae179ffda598163878f525ae466e6">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a43410e6-35a1-4351-a940-33e45c1f74a6" xmlns:ns3="6a8cfbb9-3c71-464a-b11d-7048d50cec72" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8a85cfb8f2747b6b024e88580b77580" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005646EE34FCCA3D419F78902AA5F1A70F" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7df7b2b298a4bc13c8ffc5fae7e54102">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a43410e6-35a1-4351-a940-33e45c1f74a6" xmlns:ns3="6a8cfbb9-3c71-464a-b11d-7048d50cec72" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d78842c165873a82bffc96274d1a873c" ns2:_="" ns3:_="">
     <xsd:import namespace="a43410e6-35a1-4351-a940-33e45c1f74a6"/>
     <xsd:import namespace="6a8cfbb9-3c71-464a-b11d-7048d50cec72"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -9337,110 +9453,110 @@
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a43410e6-35a1-4351-a940-33e45c1f74a6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="6a8cfbb9-3c71-464a-b11d-7048d50cec72" xsi:nil="true"/>
     <SharedWithUsers xmlns="6a8cfbb9-3c71-464a-b11d-7048d50cec72">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F62D611E-C499-481F-AE38-0543FE9106B9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C665212A-2814-49AF-9DC0-4895BA4E181F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a43410e6-35a1-4351-a940-33e45c1f74a6"/>
     <ds:schemaRef ds:uri="6a8cfbb9-3c71-464a-b11d-7048d50cec72"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35FECD33-4A4B-490B-BF03-AA9352F62C3D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02267D07-305A-4025-8171-D3A277CBB6C3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE52D222-7DC5-4274-94D1-E5FE5B60FB7A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a43410e6-35a1-4351-a940-33e45c1f74a6"/>
     <ds:schemaRef ds:uri="6a8cfbb9-3c71-464a-b11d-7048d50cec72"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2068</Words>
-  <Characters>11791</Characters>
+  <Words>2321</Words>
+  <Characters>11969</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>MKC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13832</CharactersWithSpaces>
+  <CharactersWithSpaces>14262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Community Centres Customer Booking Form</dc:title>
   <dc:subject/>
   <dc:creator>JBREED</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="xd_Signature">
     <vt:lpwstr/>
   </property>