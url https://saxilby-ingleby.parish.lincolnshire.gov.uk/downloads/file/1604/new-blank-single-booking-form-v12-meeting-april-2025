--- v1 (2025-11-30)
+++ v2 (2026-03-12)
@@ -5953,65 +5953,65 @@
           <w:p w14:paraId="78377D88" w14:textId="77777777" w:rsidR="0044090B" w:rsidRPr="00842E5D" w:rsidRDefault="0044090B" w:rsidP="005D6408">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842E5D">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please return the completed signed form to:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03D7B269" w14:textId="77777777" w:rsidR="0044090B" w:rsidRPr="00842E5D" w:rsidRDefault="0044090B" w:rsidP="005D6408">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="04E41E1F" w14:textId="793F7514" w:rsidR="0044090B" w:rsidRPr="00BF363F" w:rsidRDefault="00227448" w:rsidP="005D6408">
+          <w:p w14:paraId="04E41E1F" w14:textId="513F5C76" w:rsidR="0044090B" w:rsidRPr="00BF363F" w:rsidRDefault="00A20CFF" w:rsidP="005D6408">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00B9465E">
+              <w:r w:rsidRPr="00D9010E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>assistant</w:t>
+                <w:t>caretaker</w:t>
               </w:r>
-              <w:r w:rsidRPr="00B9465E">
+              <w:r w:rsidRPr="00D9010E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>@saxilbyparishcouncil.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3E6432AD" w14:textId="77777777" w:rsidR="0044090B" w:rsidRPr="00842E5D" w:rsidRDefault="0044090B" w:rsidP="005D6408">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24F8DF28" w14:textId="77777777" w:rsidR="0044090B" w:rsidRDefault="0044090B" w:rsidP="005D6408">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -6655,58 +6655,58 @@
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00272D7B" w:rsidRPr="00BF363F" w:rsidSect="004A6039">
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="578" w:right="567" w:bottom="431" w:left="567" w:header="578" w:footer="578" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="dotted" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="dotted" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="dotted" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="dotted" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="190E7C5D" w14:textId="77777777" w:rsidR="000A5B2C" w:rsidRDefault="000A5B2C">
+    <w:p w14:paraId="40340505" w14:textId="77777777" w:rsidR="009D0123" w:rsidRDefault="009D0123">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C0F15EC" w14:textId="77777777" w:rsidR="000A5B2C" w:rsidRDefault="000A5B2C">
+    <w:p w14:paraId="0163890A" w14:textId="77777777" w:rsidR="009D0123" w:rsidRDefault="009D0123">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6748,58 +6748,58 @@
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7998BB9E" w14:textId="77777777" w:rsidR="000A5B2C" w:rsidRDefault="000A5B2C">
+    <w:p w14:paraId="4C213B39" w14:textId="77777777" w:rsidR="009D0123" w:rsidRDefault="009D0123">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25785BCD" w14:textId="77777777" w:rsidR="000A5B2C" w:rsidRDefault="000A5B2C">
+    <w:p w14:paraId="7414AB98" w14:textId="77777777" w:rsidR="009D0123" w:rsidRDefault="009D0123">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02326D07"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0809000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -7884,92 +7884,93 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2045935230">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2025015881">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="87892286">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="176231889">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="918636305">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1788545060">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000318E3"/>
     <w:rsid w:val="00021D1B"/>
     <w:rsid w:val="00025C46"/>
     <w:rsid w:val="000318E3"/>
     <w:rsid w:val="00037295"/>
     <w:rsid w:val="0006564D"/>
     <w:rsid w:val="00066DFC"/>
     <w:rsid w:val="00080272"/>
     <w:rsid w:val="0009239E"/>
     <w:rsid w:val="00093050"/>
     <w:rsid w:val="000A0C3A"/>
     <w:rsid w:val="000A2B4A"/>
     <w:rsid w:val="000A5B2C"/>
     <w:rsid w:val="000C24EA"/>
     <w:rsid w:val="000C3787"/>
     <w:rsid w:val="000C5F92"/>
+    <w:rsid w:val="000C7831"/>
     <w:rsid w:val="000D057C"/>
     <w:rsid w:val="000E0D40"/>
     <w:rsid w:val="000E0E01"/>
     <w:rsid w:val="000F67EC"/>
     <w:rsid w:val="0010045D"/>
     <w:rsid w:val="001072AF"/>
     <w:rsid w:val="00107725"/>
     <w:rsid w:val="00113D95"/>
     <w:rsid w:val="001507D2"/>
     <w:rsid w:val="00165C2A"/>
     <w:rsid w:val="00166371"/>
     <w:rsid w:val="00170D08"/>
     <w:rsid w:val="00172CC5"/>
     <w:rsid w:val="001908C5"/>
     <w:rsid w:val="001A2162"/>
     <w:rsid w:val="001B24AE"/>
     <w:rsid w:val="001B5624"/>
     <w:rsid w:val="001D0977"/>
     <w:rsid w:val="001D44C4"/>
     <w:rsid w:val="001D536A"/>
     <w:rsid w:val="001D6294"/>
     <w:rsid w:val="001D71B6"/>
     <w:rsid w:val="00215043"/>
     <w:rsid w:val="00217605"/>
     <w:rsid w:val="00226EA6"/>
@@ -8090,63 +8091,65 @@
     <w:rsid w:val="00850AE2"/>
     <w:rsid w:val="0085384D"/>
     <w:rsid w:val="008626B9"/>
     <w:rsid w:val="008A06D0"/>
     <w:rsid w:val="008A1CF5"/>
     <w:rsid w:val="008D373E"/>
     <w:rsid w:val="008E36C4"/>
     <w:rsid w:val="008F1691"/>
     <w:rsid w:val="008F4B6F"/>
     <w:rsid w:val="00900D57"/>
     <w:rsid w:val="009046BF"/>
     <w:rsid w:val="00910A6C"/>
     <w:rsid w:val="009158F2"/>
     <w:rsid w:val="00925CBF"/>
     <w:rsid w:val="009305B4"/>
     <w:rsid w:val="00930BFD"/>
     <w:rsid w:val="009330A6"/>
     <w:rsid w:val="00953F1C"/>
     <w:rsid w:val="00960C01"/>
     <w:rsid w:val="0097439F"/>
     <w:rsid w:val="009972A7"/>
     <w:rsid w:val="009A1302"/>
     <w:rsid w:val="009A7066"/>
     <w:rsid w:val="009C25A5"/>
     <w:rsid w:val="009C6B1C"/>
+    <w:rsid w:val="009D0123"/>
     <w:rsid w:val="009D4E23"/>
     <w:rsid w:val="009E6CDD"/>
     <w:rsid w:val="009E729A"/>
     <w:rsid w:val="009F1E12"/>
     <w:rsid w:val="009F55E1"/>
     <w:rsid w:val="00A0061B"/>
     <w:rsid w:val="00A02690"/>
     <w:rsid w:val="00A04104"/>
     <w:rsid w:val="00A06AAC"/>
     <w:rsid w:val="00A11D15"/>
     <w:rsid w:val="00A15CB9"/>
     <w:rsid w:val="00A16F38"/>
     <w:rsid w:val="00A17963"/>
+    <w:rsid w:val="00A20CFF"/>
     <w:rsid w:val="00A255E3"/>
     <w:rsid w:val="00A25AF1"/>
     <w:rsid w:val="00A30812"/>
     <w:rsid w:val="00A41C2D"/>
     <w:rsid w:val="00A44F10"/>
     <w:rsid w:val="00A47176"/>
     <w:rsid w:val="00A70674"/>
     <w:rsid w:val="00A71F58"/>
     <w:rsid w:val="00A81FC7"/>
     <w:rsid w:val="00A87E58"/>
     <w:rsid w:val="00AB4233"/>
     <w:rsid w:val="00AB5FA1"/>
     <w:rsid w:val="00AC178A"/>
     <w:rsid w:val="00AC6B3F"/>
     <w:rsid w:val="00AD7A2E"/>
     <w:rsid w:val="00AE597E"/>
     <w:rsid w:val="00AF70CF"/>
     <w:rsid w:val="00B01F8F"/>
     <w:rsid w:val="00B04E80"/>
     <w:rsid w:val="00B07298"/>
     <w:rsid w:val="00B36DD2"/>
     <w:rsid w:val="00B47F5D"/>
     <w:rsid w:val="00B55A0D"/>
     <w:rsid w:val="00B67370"/>
     <w:rsid w:val="00B7311E"/>
@@ -8852,51 +8855,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1182668475">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:assistant@saxilbyparishcouncil.gov.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caretaker@saxilbyparishcouncil.gov.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9167,52 +9170,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005646EE34FCCA3D419F78902AA5F1A70F" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7df7b2b298a4bc13c8ffc5fae7e54102">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a43410e6-35a1-4351-a940-33e45c1f74a6" xmlns:ns3="6a8cfbb9-3c71-464a-b11d-7048d50cec72" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d78842c165873a82bffc96274d1a873c" ns2:_="" ns3:_="">
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005646EE34FCCA3D419F78902AA5F1A70F" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc37f95c85db82eac0df3c32efe31c5d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a43410e6-35a1-4351-a940-33e45c1f74a6" xmlns:ns3="6a8cfbb9-3c71-464a-b11d-7048d50cec72" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5981dd61dc3d5e397624cf5819a839a1" ns2:_="" ns3:_="">
     <xsd:import namespace="a43410e6-35a1-4351-a940-33e45c1f74a6"/>
     <xsd:import namespace="6a8cfbb9-3c71-464a-b11d-7048d50cec72"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -9421,142 +9428,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a43410e6-35a1-4351-a940-33e45c1f74a6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="6a8cfbb9-3c71-464a-b11d-7048d50cec72" xsi:nil="true"/>
     <SharedWithUsers xmlns="6a8cfbb9-3c71-464a-b11d-7048d50cec72">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35FECD33-4A4B-490B-BF03-AA9352F62C3D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDA744CC-2FE6-44A6-A8B8-A4B47E80D527}"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE52D222-7DC5-4274-94D1-E5FE5B60FB7A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a43410e6-35a1-4351-a940-33e45c1f74a6"/>
     <ds:schemaRef ds:uri="6a8cfbb9-3c71-464a-b11d-7048d50cec72"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02267D07-305A-4025-8171-D3A277CBB6C3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2321</Words>
-  <Characters>11969</Characters>
+  <Words>2373</Words>
+  <Characters>11916</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>297</Lines>
+  <Paragraphs>158</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>MKC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14262</CharactersWithSpaces>
+  <CharactersWithSpaces>14131</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Community Centres Customer Booking Form</dc:title>
   <dc:subject/>
   <dc:creator>JBREED</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="xd_Signature">
     <vt:lpwstr/>
   </property>